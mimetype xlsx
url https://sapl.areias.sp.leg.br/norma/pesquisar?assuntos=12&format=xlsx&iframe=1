--- v0 (2025-11-25)
+++ v1 (2026-02-04)
@@ -10,86 +10,101 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="179">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>Lei Ordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2025/1179/lei_1494_2025.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e Fixa a Despesa do Município de Areias, Estado de São Paulo, para o Exercício Financeiro de 2026.</t>
+  </si>
+  <si>
     <t>1117</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1452</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2024/1117/lei_1452_2024.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE AREIAS, ESTADO DE SÃO PAULO, PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2023/1055/lei_1416_2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE AREIAS, ESTADO DE SÃO PAULO, PARA O EXERCÍCIO FINANCEIRO DE 2024.</t>
   </si>
   <si>
     <t>994</t>
   </si>
@@ -879,56 +894,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2024/1117/lei_1452_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2023/1055/lei_1416_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2022/994/lei_1395_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2022/992/lei_1394_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2021/906/lei_1359_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2021/877/lei_1339_2021_2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2020/871/lei_1338_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2020/870/ato_mesa_1_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2019/841/lei_1323_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2018/625/lei_1306.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2018/611/1304.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2018/606/1299.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2018/580/lei_1296.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2016/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2015/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2014/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2013/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2012/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2011/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2010/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2009/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2008/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2007/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2006/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2005/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2004/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2003/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2002/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2001/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2000/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/1999/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/1998/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/1997/574/574_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2025/1179/lei_1494_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2024/1117/lei_1452_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2023/1055/lei_1416_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2022/994/lei_1395_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2022/992/lei_1394_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2021/906/lei_1359_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2021/877/lei_1339_2021_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2020/871/lei_1338_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2020/870/ato_mesa_1_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2019/841/lei_1323_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2018/625/lei_1306.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2018/611/1304.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2018/606/1299.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2018/580/lei_1296.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2016/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2015/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2014/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2013/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2012/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2011/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2010/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2009/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2008/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2007/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2006/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2005/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2004/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2003/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2002/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2001/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2000/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/1999/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/1998/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/1997/574/574_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="87" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="148.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -995,281 +1010,281 @@
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G8" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>42</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="E9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="G9" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
         <v>48</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>49</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G10" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G11" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>58</v>
       </c>
       <c r="B12" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B14" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B15" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="C15" t="s">
         <v>72</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>73</v>
       </c>
       <c r="G15" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>75</v>
       </c>
       <c r="B16" t="s">
         <v>76</v>
       </c>
       <c r="C16" t="s">
@@ -1665,124 +1680,148 @@
       </c>
       <c r="C33" t="s">
         <v>162</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>163</v>
       </c>
       <c r="G33" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>165</v>
       </c>
       <c r="B34" t="s">
         <v>166</v>
       </c>
       <c r="C34" t="s">
-        <v>33</v>
+        <v>167</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G34" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B35" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C35" t="s">
-        <v>171</v>
+        <v>38</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>172</v>
       </c>
       <c r="G35" t="s">
         <v>173</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>174</v>
+      </c>
+      <c r="B36" t="s">
+        <v>175</v>
+      </c>
+      <c r="C36" t="s">
+        <v>176</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G36" t="s">
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
     <hyperlink ref="F23" r:id="rId22"/>
     <hyperlink ref="F24" r:id="rId23"/>
     <hyperlink ref="F25" r:id="rId24"/>
     <hyperlink ref="F26" r:id="rId25"/>
     <hyperlink ref="F27" r:id="rId26"/>
     <hyperlink ref="F28" r:id="rId27"/>
     <hyperlink ref="F29" r:id="rId28"/>
     <hyperlink ref="F30" r:id="rId29"/>
     <hyperlink ref="F31" r:id="rId30"/>
     <hyperlink ref="F32" r:id="rId31"/>
     <hyperlink ref="F33" r:id="rId32"/>
     <hyperlink ref="F34" r:id="rId33"/>
     <hyperlink ref="F35" r:id="rId34"/>
+    <hyperlink ref="F36" r:id="rId35"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>