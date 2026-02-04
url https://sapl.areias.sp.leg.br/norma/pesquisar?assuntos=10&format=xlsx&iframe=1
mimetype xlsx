--- v0 (2025-11-25)
+++ v1 (2026-02-04)
@@ -10,86 +10,101 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="67">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>Lei Ordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2025/1178/lei_1493_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual - PPA - do Município de Areias - SP, para o período de 2026 a 2029.</t>
+  </si>
+  <si>
     <t>905</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1358</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2021/905/lei_1358_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PLANO PLURIANUAL - PPA - DO MUNICÍPIO DE AREIAS -SP, PARA O PERÍODO DE 2022 A 2025.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2017/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE AREIAS PARA O PERÍODO DE 2018 A 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>407</t>
   </si>
@@ -543,63 +558,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2021/905/lei_1358_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2014/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2013/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2009/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2005/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2002/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2001/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2001/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/1998/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/1995/584/lei_790_1995.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2025/1178/lei_1493_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/2021/905/lei_1358_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2014/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2013/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2009/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2005/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2002/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2001/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/2001/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/./sapl/public/normajuridica/1998/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/normajuridica/1995/584/lei_790_1995.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G12"/>
+  <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="87" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="165.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -775,127 +789,151 @@
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>49</v>
       </c>
       <c r="B10" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B11" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G11" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>58</v>
       </c>
       <c r="C12" t="s">
         <v>59</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G12" t="s">
         <v>61</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G13" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
+    <hyperlink ref="F13" r:id="rId12"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>