--- v0 (2026-01-14)
+++ v1 (2026-03-02)
@@ -10,113 +10,752 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="440" uniqueCount="234">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2336</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Executivo</t>
+  </si>
+  <si>
+    <t>Rodrigo José Ramos de Oliveira</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2336/ple_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Fundo Municipal de Cultura de Areias - FMC - e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2345</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2345/ple_02_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a conceder um décimo terceiro pagamento do auxílio-alimentação aos servidores públicos municipais no mês de seu aniversário natalício e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2346</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2346/ple_03_2026.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece o índice para a revisão geral, anual, dos servidores do Poder Executivo do Município de Areias/SP e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2349</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2349/ple_04_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a reestruturação e atualização do Conselho Municipal de Meio Ambiente - COMEMA, do município de Areias/SP, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2350</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2350/ple_05_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal de Cultura de Areias/SP e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2360</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2360/ple_06_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de crédito especial à lei orçamentária anual do município de Areias para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>2362</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2362/ple_07_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a proceder abertura de crédito adicional especial à lei orçamentária anual do município de Areias para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>2359</t>
+  </si>
+  <si>
+    <t>PLES</t>
+  </si>
+  <si>
+    <t>Proj. Lei Executivo Substitutivo</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2359/ples_01_2026_ple_05_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal de Cultura do Município de Areias e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2352</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>Dr. Mateus Miranda, Angelito Artesão, Edinho da Van</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2352/emenda_01_plcl_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dá nova redação ao artigo 3º e acrescenta § 1º e § 2º ao Projeto de Lei Complementar do Legislativo nº 01, de 29 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>2348</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Legislativo</t>
+  </si>
+  <si>
+    <t>Mi da Serra, Nano do Açougue</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2348/pll_01_2026_2.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a fixação dos subsídios dos agentes políticos do Poder Executivo do município de Areias/SP, para o mandato de 1º de janeiro de 2029 a 31 de dezembro de 2032.</t>
+  </si>
+  <si>
+    <t>2335</t>
+  </si>
+  <si>
+    <t>PLCL</t>
+  </si>
+  <si>
+    <t>Proj. Lei Complementar Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2335/plcl_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui programa de valorização e incentivo à qualificação profissional dos servidores efetivos da Câmara Municipal de Areias, por meio da concessão de gratificações por formação acadêmica e capacitação.</t>
+  </si>
+  <si>
+    <t>2378</t>
+  </si>
+  <si>
+    <t>Nano do Açougue</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Autoriza o pagamento retroativo de vantagens aos servidores públicos da Câmara Municipal de Areias suspensos com a Lei Complementar nº 173/2020 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2331</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Tita do Pilão</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2331/pdl_01_2026_ver_tita.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Areiense ao Sr. Cesar Pedro da Silva.</t>
+  </si>
+  <si>
+    <t>2375</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2375/pdl_02_2026_ver_nano.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Areiense ao Senhor Paulo Marcos dos Santos.</t>
+  </si>
+  <si>
+    <t>2376</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2376/pdl_03_2026_ver_nano.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Areiense à Senhora Solange Aparecida Ramos Cunha.</t>
+  </si>
+  <si>
+    <t>2347</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2347/pr_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a fixação dos subsídios dos vereadores e do presidente da Câmara Municipal de Areias/SP, para a legislatura de 1º de janeiro de 2029 a 31 de dezembro de 2032 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2340</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Claudinho Coutinho</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2340/req_01_2026_ver_claudinho.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações quanto ao veículo de placa DYI9T33.</t>
+  </si>
+  <si>
+    <t>2341</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2341/req_02_2026_ver_claudinho.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações quanto ao imóvel onde funciona o Hotel Sant'Ana.</t>
+  </si>
+  <si>
+    <t>2371</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2371/req_3_ver_tita.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações detalhadas acerca da obra de pavimentação asfáltica no Bairro São Sebastião.</t>
+  </si>
+  <si>
     <t>2325</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dr. Mateus Miranda</t>
   </si>
   <si>
     <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2325/ind_01_2026_ver_mateus.pdf</t>
   </si>
   <si>
     <t>Pagamento de um 13º Vale-alimentação aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Nano do Açougue, Tita do Pilão</t>
   </si>
   <si>
     <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2326/ind_02_2026_ver_tita_nano.pdf</t>
   </si>
   <si>
     <t>Concessão do Reajuste Geral Anual - RGA aos servidores municipais.</t>
+  </si>
+  <si>
+    <t>2327</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2327/ind_03_2026_ver_mateus.pdf</t>
+  </si>
+  <si>
+    <t>Regulamentação do descongelamento da contagem e o pagamento retroativo dos anuênios devidos aos servidores municipais, conforme a LEI FEDERAL Nº 226, DE 12 DE JANEIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>2328</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2328/ind_04_2026_ver_mateus.pdf</t>
+  </si>
+  <si>
+    <t>Providências URGENTES para a manutenção da Rua Vanda Martineli Soares.</t>
+  </si>
+  <si>
+    <t>2329</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2329/ind_05_2026_ver_mateuspdf.pdf</t>
+  </si>
+  <si>
+    <t>Designação de servidor para realizar manutenção da Mina Comunitária do Justo.</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2330/ind_78_2025_ver_mateuspdf.pdf</t>
+  </si>
+  <si>
+    <t>Reitera a Indicação nº 78/2025, solicitando providências urgentes para assegurar o abastecimento regular de água no Bairro Nova Areias.</t>
+  </si>
+  <si>
+    <t>2332</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2332/ind_07_2026_ver_tita.pdf</t>
+  </si>
+  <si>
+    <t>Conserto e/ou substituição das tampas dos três bueiros existentes na rua localizada atrás da Delegacia.</t>
+  </si>
+  <si>
+    <t>2333</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2333/ind_08_2026_ver_tita.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias em infraestrutura, lazer, iluminação e manutenção viária em diversos bairros.</t>
+  </si>
+  <si>
+    <t>2334</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2334/ind_09_2026_ver_mateus.pdf</t>
+  </si>
+  <si>
+    <t>Aumento do valor da Bolsa-Auxílio dos estagiários da Prefeitura Municipal de Areias.</t>
+  </si>
+  <si>
+    <t>2337</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Edinho da Van</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2337/ind_10_2026_ver_edinho.pdf</t>
+  </si>
+  <si>
+    <t>Reforma do portal de entrada da cidade.</t>
+  </si>
+  <si>
+    <t>2338</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2338/ind_11_2026_ver_edinho.pdf</t>
+  </si>
+  <si>
+    <t>Colocação de lixeiras na Praça do Bairro São Sebastião (popular).</t>
+  </si>
+  <si>
+    <t>2339</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2339/ind_12_2026_ver_edinho.pdf</t>
+  </si>
+  <si>
+    <t>Construção de muro frente a quadra coberta na Rua Prefeito Benedito de Oliveira Ramos.</t>
+  </si>
+  <si>
+    <t>2342</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Angelito Artesão</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2342/ind_ver_angelito_13_2026.pdf</t>
+  </si>
+  <si>
+    <t>Conserto da Rua XV de Novembro no trecho que menciona.</t>
+  </si>
+  <si>
+    <t>2343</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2343/ind_14_2026_ver_angelito.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização das instalações do Projeto Guri e aquisição de uniformes.</t>
+  </si>
+  <si>
+    <t>2351</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2351/ind_30_2026_ver_mateus.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito a criação de lei que garanta abono de faltas para acompanhamento de familiares, em linha reta (qualquer grau) e colateral até o terceiro grau, ao menos três vezes ao ano.</t>
+  </si>
+  <si>
+    <t>2353</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2353/indicacao_no_auxilio_funeral_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica Auxilio - funeral aos servidores da Prefeitura Municipal de Areias.</t>
+  </si>
+  <si>
+    <t>2354</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2354/ind_17_2026_ver_edinho.pdf</t>
+  </si>
+  <si>
+    <t>Disponibilização de serviços odontológicos na zona rural.</t>
+  </si>
+  <si>
+    <t>2357</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2357/ind_18_ver_nano_tita_2026.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza, manutenção e desobstrução das estradas vicinais que menciona.</t>
+  </si>
+  <si>
+    <t>2358</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2358/ind_19_2026_ver_nano_tita.pdf</t>
+  </si>
+  <si>
+    <t>Conserto das calçadas do município.</t>
+  </si>
+  <si>
+    <t>2361</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2361/indicacao_no_lixo_reciclavel.pdf</t>
+  </si>
+  <si>
+    <t>Indica coleta de lixo reciclável nas ruas que menciona.</t>
+  </si>
+  <si>
+    <t>2363</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Luciano Macaia</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2363/ind_25_2026_ver_macaia.pdf</t>
+  </si>
+  <si>
+    <t>Disponibilização de carro fumacê.</t>
+  </si>
+  <si>
+    <t>2364</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Tita do Pilão, Nano do Açougue</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2364/ind_22_2026_ver_tita.pdf</t>
+  </si>
+  <si>
+    <t>Solicita disponibilização de profissional de Educação Física para atendimento no Asilo Ebenezer.</t>
+  </si>
+  <si>
+    <t>2365</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2365/ind_23_2026_ver_macaia.pdf</t>
+  </si>
+  <si>
+    <t>Adoção de providências urgentes quanto à Estação de Tratamento de Água.</t>
+  </si>
+  <si>
+    <t>2366</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2366/ind_24_2026_ver_tit.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos destinados à Sala de Fisioterapia do Município.</t>
+  </si>
+  <si>
+    <t>2367</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2367/ind_21_ver_tita.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de cadeiras de rodas para a Unidade Básica de Saúde.</t>
+  </si>
+  <si>
+    <t>2368</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2368/ind_26_2026_ver_tita_nano.pdf</t>
+  </si>
+  <si>
+    <t>Construção de quebra-molas no bairro do Alegre e na Rua Padre Antônio Pereira de Azevedo.</t>
+  </si>
+  <si>
+    <t>2369</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2369/ind_27_2026_ver_tita.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a troca de lâmpadas e limpeza da Praça do Bairro São Sebastião.</t>
+  </si>
+  <si>
+    <t>2370</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2370/ind_28_2026_ver_tita.pdf</t>
+  </si>
+  <si>
+    <t>Conserto do banco do veículo Uno Mille, cor vermelha, pertencente à frota municipal</t>
+  </si>
+  <si>
+    <t>2372</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2372/ind_29_2026_ver_angelito.pdf</t>
+  </si>
+  <si>
+    <t>Replantio de mudas nos jardins da cidade e contratação de empresa especializada para estudo e implantação de arborização urbana.</t>
+  </si>
+  <si>
+    <t>2373</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2373/ind_30_2026_ver_angelito.pdf</t>
+  </si>
+  <si>
+    <t>Atualização das Placas Turísticas do Município de Areias/SP</t>
+  </si>
+  <si>
+    <t>2374</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2374/ind_31_2026_ver_angelito.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de melhorias estruturais na Praça Senhor Bom Jesus.</t>
+  </si>
+  <si>
+    <t>2344</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2344/mocao_de_aplausos_mariana.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos a Srª. Mariana Ramos Cunha.</t>
+  </si>
+  <si>
+    <t>2355</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2355/moc_apluso_01_2026_ver_edinho.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso ao Sr. Denis Antunes.</t>
+  </si>
+  <si>
+    <t>2356</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2356/moc_apluso_02_2026_ver_edinho.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso ao Sr. Antônio Carlos de Freitas.</t>
+  </si>
+  <si>
+    <t>2377</t>
+  </si>
+  <si>
+    <t>https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2377/moc_aplauso_04_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso a Escola Júlio César da Costa Sampaio Filho.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -420,68 +1059,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2325/ind_01_2026_ver_mateus.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2326/ind_02_2026_ver_tita_nano.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2336/ple_01_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2345/ple_02_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2346/ple_03_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2349/ple_04_2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2350/ple_05_2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2360/ple_06_2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2362/ple_07_2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2359/ples_01_2026_ple_05_2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2352/emenda_01_plcl_01_2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2348/pll_01_2026_2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2335/plcl_01_2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2331/pdl_01_2026_ver_tita.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2375/pdl_02_2026_ver_nano.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2376/pdl_03_2026_ver_nano.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2347/pr_01_2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2340/req_01_2026_ver_claudinho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2341/req_02_2026_ver_claudinho.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2371/req_3_ver_tita.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2325/ind_01_2026_ver_mateus.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2326/ind_02_2026_ver_tita_nano.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2327/ind_03_2026_ver_mateus.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2328/ind_04_2026_ver_mateus.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2329/ind_05_2026_ver_mateuspdf.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2330/ind_78_2025_ver_mateuspdf.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2332/ind_07_2026_ver_tita.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2333/ind_08_2026_ver_tita.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2334/ind_09_2026_ver_mateus.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2337/ind_10_2026_ver_edinho.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2338/ind_11_2026_ver_edinho.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2339/ind_12_2026_ver_edinho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2342/ind_ver_angelito_13_2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2343/ind_14_2026_ver_angelito.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2351/ind_30_2026_ver_mateus.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2353/indicacao_no_auxilio_funeral_2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2354/ind_17_2026_ver_edinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2357/ind_18_ver_nano_tita_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2358/ind_19_2026_ver_nano_tita.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2361/indicacao_no_lixo_reciclavel.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2363/ind_25_2026_ver_macaia.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2364/ind_22_2026_ver_tita.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2365/ind_23_2026_ver_macaia.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2366/ind_24_2026_ver_tit.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2367/ind_21_ver_tita.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2368/ind_26_2026_ver_tita_nano.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2369/ind_27_2026_ver_tita.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2370/ind_28_2026_ver_tita.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2372/ind_29_2026_ver_angelito.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2373/ind_30_2026_ver_angelito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2374/ind_31_2026_ver_angelito.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2344/mocao_de_aplausos_mariana.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2355/moc_apluso_01_2026_ver_edinho.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2356/moc_apluso_02_2026_ver_edinho.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.areias.sp.leg.br/media/sapl/public/materialegislativa/2026/2377/moc_aplauso_04_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="28.85546875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="68.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="183.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -509,63 +1148,1467 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
         <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>46</v>
+      </c>
+      <c r="E10" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H10" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
+        <v>58</v>
+      </c>
+      <c r="E12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H12" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" t="s">
+        <v>58</v>
+      </c>
+      <c r="E13" t="s">
+        <v>59</v>
+      </c>
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H14" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H16" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" t="s">
+        <v>54</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F18" t="s">
+        <v>86</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>89</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" t="s">
+        <v>84</v>
+      </c>
+      <c r="E19" t="s">
+        <v>85</v>
+      </c>
+      <c r="F19" t="s">
+        <v>86</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>21</v>
+      </c>
+      <c r="D20" t="s">
+        <v>84</v>
+      </c>
+      <c r="E20" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" t="s">
+        <v>69</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
+        <v>96</v>
+      </c>
+      <c r="E21" t="s">
+        <v>97</v>
+      </c>
+      <c r="F21" t="s">
+        <v>98</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H21" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>101</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" t="s">
+        <v>96</v>
+      </c>
+      <c r="E22" t="s">
+        <v>97</v>
+      </c>
+      <c r="F22" t="s">
+        <v>102</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H22" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>105</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D23" t="s">
+        <v>96</v>
+      </c>
+      <c r="E23" t="s">
+        <v>97</v>
+      </c>
+      <c r="F23" t="s">
+        <v>98</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H23" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>108</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>25</v>
+      </c>
+      <c r="D24" t="s">
+        <v>96</v>
+      </c>
+      <c r="E24" t="s">
+        <v>97</v>
+      </c>
+      <c r="F24" t="s">
+        <v>98</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" t="s">
+        <v>96</v>
+      </c>
+      <c r="E25" t="s">
+        <v>97</v>
+      </c>
+      <c r="F25" t="s">
+        <v>98</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H25" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>33</v>
+      </c>
+      <c r="D26" t="s">
+        <v>96</v>
+      </c>
+      <c r="E26" t="s">
+        <v>97</v>
+      </c>
+      <c r="F26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H26" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>37</v>
+      </c>
+      <c r="D27" t="s">
+        <v>96</v>
+      </c>
+      <c r="E27" t="s">
+        <v>97</v>
+      </c>
+      <c r="F27" t="s">
+        <v>69</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H27" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" t="s">
+        <v>96</v>
+      </c>
+      <c r="E28" t="s">
+        <v>97</v>
+      </c>
+      <c r="F28" t="s">
+        <v>69</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H28" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" t="s">
+        <v>96</v>
+      </c>
+      <c r="E29" t="s">
+        <v>97</v>
+      </c>
+      <c r="F29" t="s">
+        <v>98</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H29" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>128</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>129</v>
+      </c>
+      <c r="D30" t="s">
+        <v>96</v>
+      </c>
+      <c r="E30" t="s">
+        <v>97</v>
+      </c>
+      <c r="F30" t="s">
+        <v>130</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H30" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" t="s">
+        <v>96</v>
+      </c>
+      <c r="E31" t="s">
+        <v>97</v>
+      </c>
+      <c r="F31" t="s">
+        <v>130</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H31" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>138</v>
+      </c>
+      <c r="D32" t="s">
+        <v>96</v>
+      </c>
+      <c r="E32" t="s">
+        <v>97</v>
+      </c>
+      <c r="F32" t="s">
+        <v>130</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H32" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>142</v>
+      </c>
+      <c r="D33" t="s">
+        <v>96</v>
+      </c>
+      <c r="E33" t="s">
+        <v>97</v>
+      </c>
+      <c r="F33" t="s">
+        <v>143</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H33" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>146</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>147</v>
+      </c>
+      <c r="D34" t="s">
+        <v>96</v>
+      </c>
+      <c r="E34" t="s">
+        <v>97</v>
+      </c>
+      <c r="F34" t="s">
+        <v>143</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H34" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>150</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>151</v>
+      </c>
+      <c r="D35" t="s">
+        <v>96</v>
+      </c>
+      <c r="E35" t="s">
+        <v>97</v>
+      </c>
+      <c r="F35" t="s">
+        <v>98</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H35" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>154</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>155</v>
+      </c>
+      <c r="D36" t="s">
+        <v>96</v>
+      </c>
+      <c r="E36" t="s">
+        <v>97</v>
+      </c>
+      <c r="F36" t="s">
+        <v>98</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H36" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>158</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>159</v>
+      </c>
+      <c r="D37" t="s">
+        <v>96</v>
+      </c>
+      <c r="E37" t="s">
+        <v>97</v>
+      </c>
+      <c r="F37" t="s">
+        <v>130</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H37" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>162</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>163</v>
+      </c>
+      <c r="D38" t="s">
+        <v>96</v>
+      </c>
+      <c r="E38" t="s">
+        <v>97</v>
+      </c>
+      <c r="F38" t="s">
+        <v>69</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H38" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>166</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>167</v>
+      </c>
+      <c r="D39" t="s">
+        <v>96</v>
+      </c>
+      <c r="E39" t="s">
+        <v>97</v>
+      </c>
+      <c r="F39" t="s">
+        <v>69</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H39" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>170</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>171</v>
+      </c>
+      <c r="D40" t="s">
+        <v>96</v>
+      </c>
+      <c r="E40" t="s">
+        <v>97</v>
+      </c>
+      <c r="F40" t="s">
+        <v>98</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H40" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>174</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>175</v>
+      </c>
+      <c r="D41" t="s">
+        <v>96</v>
+      </c>
+      <c r="E41" t="s">
+        <v>97</v>
+      </c>
+      <c r="F41" t="s">
+        <v>176</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H41" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>179</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>180</v>
+      </c>
+      <c r="D42" t="s">
+        <v>96</v>
+      </c>
+      <c r="E42" t="s">
+        <v>97</v>
+      </c>
+      <c r="F42" t="s">
+        <v>181</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H42" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>185</v>
+      </c>
+      <c r="D43" t="s">
+        <v>96</v>
+      </c>
+      <c r="E43" t="s">
+        <v>97</v>
+      </c>
+      <c r="F43" t="s">
+        <v>176</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H43" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" t="s">
+        <v>96</v>
+      </c>
+      <c r="E44" t="s">
+        <v>97</v>
+      </c>
+      <c r="F44" t="s">
+        <v>181</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H44" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>192</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>193</v>
+      </c>
+      <c r="D45" t="s">
+        <v>96</v>
+      </c>
+      <c r="E45" t="s">
+        <v>97</v>
+      </c>
+      <c r="F45" t="s">
+        <v>181</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H45" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>197</v>
+      </c>
+      <c r="D46" t="s">
+        <v>96</v>
+      </c>
+      <c r="E46" t="s">
+        <v>97</v>
+      </c>
+      <c r="F46" t="s">
+        <v>181</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H46" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>200</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>201</v>
+      </c>
+      <c r="D47" t="s">
+        <v>96</v>
+      </c>
+      <c r="E47" t="s">
+        <v>97</v>
+      </c>
+      <c r="F47" t="s">
+        <v>181</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H47" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>204</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>205</v>
+      </c>
+      <c r="D48" t="s">
+        <v>96</v>
+      </c>
+      <c r="E48" t="s">
+        <v>97</v>
+      </c>
+      <c r="F48" t="s">
+        <v>181</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H48" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>208</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>209</v>
+      </c>
+      <c r="D49" t="s">
+        <v>96</v>
+      </c>
+      <c r="E49" t="s">
+        <v>97</v>
+      </c>
+      <c r="F49" t="s">
+        <v>143</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H49" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>212</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>213</v>
+      </c>
+      <c r="D50" t="s">
+        <v>96</v>
+      </c>
+      <c r="E50" t="s">
+        <v>97</v>
+      </c>
+      <c r="F50" t="s">
+        <v>143</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H50" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>216</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>217</v>
+      </c>
+      <c r="D51" t="s">
+        <v>96</v>
+      </c>
+      <c r="E51" t="s">
+        <v>97</v>
+      </c>
+      <c r="F51" t="s">
+        <v>143</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H51" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>220</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" t="s">
+        <v>221</v>
+      </c>
+      <c r="E52" t="s">
+        <v>222</v>
+      </c>
+      <c r="F52" t="s">
+        <v>98</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H52" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>225</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>17</v>
+      </c>
+      <c r="D53" t="s">
+        <v>221</v>
+      </c>
+      <c r="E53" t="s">
+        <v>222</v>
+      </c>
+      <c r="F53" t="s">
+        <v>130</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H53" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>228</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>21</v>
+      </c>
+      <c r="D54" t="s">
+        <v>221</v>
+      </c>
+      <c r="E54" t="s">
+        <v>222</v>
+      </c>
+      <c r="F54" t="s">
+        <v>130</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H54" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>231</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>25</v>
+      </c>
+      <c r="D55" t="s">
+        <v>221</v>
+      </c>
+      <c r="E55" t="s">
+        <v>222</v>
+      </c>
+      <c r="F55" t="s">
+        <v>63</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H55" t="s">
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>